--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -886,64 +886,64 @@
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t xml:space="preserve">URGÊNCIA  </w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00837CEB" w:rsidRPr="00B75701" w:rsidRDefault="00000000" w:rsidP="00C34181">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:lang w:val="pt-BR"/>
                                 </w:rPr>
                                 <w:id w:val="-1655367814"/>
                                 <w14:checkbox>
-                                  <w14:checked w14:val="0"/>
+                                  <w14:checked w14:val="1"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidR="0047401F" w:rsidRPr="00B75701">
+                                <w:r w:rsidR="00F1067A">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:lang w:val="pt-BR"/>
                                   </w:rPr>
-                                  <w:t>☐</w:t>
+                                  <w:t>☒</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B75701">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t>ORDINÁRI</w:t>
                             </w:r>
                             <w:r w:rsidR="0047401F" w:rsidRPr="00B75701">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t>O</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
@@ -1064,64 +1064,64 @@
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t xml:space="preserve">URGÊNCIA  </w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00837CEB" w:rsidRPr="00B75701" w:rsidRDefault="00000000" w:rsidP="00C34181">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:lang w:val="pt-BR"/>
                           </w:rPr>
                           <w:id w:val="-1655367814"/>
                           <w14:checkbox>
-                            <w14:checked w14:val="0"/>
+                            <w14:checked w14:val="1"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
                         <w:sdtContent>
-                          <w:r w:rsidR="0047401F" w:rsidRPr="00B75701">
+                          <w:r w:rsidR="00F1067A">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
-                            <w:t>☐</w:t>
+                            <w:t>☒</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B75701">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t>ORDINÁRI</w:t>
                       </w:r>
                       <w:r w:rsidR="0047401F" w:rsidRPr="00B75701">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t>O</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:roundrect>
             </w:pict>
@@ -1381,50 +1381,58 @@
                               </w:rPr>
                               <w:t>AUTORIA:</w:t>
                             </w:r>
                             <w:r w:rsidR="00641D79">
                               <w:rPr>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00641D79" w:rsidRPr="00B75701">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t>VEREADOR</w:t>
                             </w:r>
                             <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> MARCOS ANTONIO FRANCO</w:t>
                             </w:r>
+                            <w:r w:rsidR="00F1067A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> E ERNANI LUIZ DONATTI GRAGNANELLO</w:t>
+                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:roundrect id="_x0000_s1031" style="position:absolute;margin-left:-1.05pt;margin-top:14.05pt;width:480.75pt;height:75.75pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3RMxZDAIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJKDRA1XaEu5bJ8&#10;aBd+gGs7icH2GNttUn49YyftLiBxQPhgjceeN/PejDc3o9HkJH1QYBu6XJSUSMtBKNs19Mvn/YtX&#10;lITIrGAarGzoWQZ6s33+bDO4Wq6gBy2kJwhiQz24hvYxurooAu+lYWEBTlq8bMEbFvHou0J4NiC6&#10;0cWqLKtiAC+cBy5DQO/tdEm3Gb9tJY8f2zbISHRDsbaYd5/3Q9qL7YbVnWeuV3wug/1DFYYpi0mv&#10;ULcsMnL06g8oo7iHAG1ccDAFtK3iMnNANsvyNzYPPXMyc0FxgrvKFP4fLP9wenCffCo9uDvg3wKx&#10;sOuZ7eQb72HoJROYbpmEKgYX6mtAOgQMJYfhPQhsLTtGyBqMrTcJENmRMUt9vkotx0g4OqtluV6v&#10;1pRwvHtdrUq0UwpWX6KdD/GdBEOS0VAPRyvusZ85BTvdhZj1FsQyk7KLr5S0RmP3TkyTZVVVL2fE&#10;+TFiXzAzXdBK7JXW+eC7w057gqEN3ec15dGuZ5M3zwpihOlprjU8xdCWDMglsfo7fpnXXNwvEJlk&#10;Hsmk+1srsh2Z0pON6bWdG5G0T2Me6jgeRqJEQ7OEyXMAccbOeJjmHf8nGj34H5QMOOsNDd+PzEtK&#10;mOXobmi8mLs4fY6j86rrMeqx8ziBmfT8W9KIPz3nsh7/9PYnAAAA//8DAFBLAwQUAAYACAAAACEA&#10;ChgVtt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkblvaCspamk6ANMR1&#10;BaEd08ZrKhqnarKtvD3mBCfL+j/9/lxtFzeKM85h8KQgXScgkDpvBuoVfLzvVhsQIWoyevSECr4x&#10;wLa+vqp0afyF9nhuYi+4hEKpFdgYp1LK0Fl0Oqz9hMTZ0c9OR17nXppZX7jcjTJLklw6PRBfsHrC&#10;F4vdV3NyCpZ09zod8/1bGw69t+3BfsbmWanbm+XpEUTEJf7B8KvP6lCzU+tPZIIYFayylEkF2YYn&#10;58V9cQeiZfChyEHWlfz/Qf0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAt0TMWQwCAAAb&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAChgVtt0A&#10;AAAJAQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
                 <v:fill opacity="0"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="0085781E" w:rsidRPr="00F907DB" w:rsidRDefault="00000000" w:rsidP="00641D79">
                       <w:pPr>
                         <w:jc w:val="both"/>
@@ -1437,50 +1445,58 @@
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t>AUTORIA:</w:t>
                       </w:r>
                       <w:r w:rsidR="00641D79">
                         <w:rPr>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00641D79" w:rsidRPr="00B75701">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t>VEREADOR</w:t>
                       </w:r>
                       <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> MARCOS ANTONIO FRANCO</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F1067A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> E ERNANI LUIZ DONATTI GRAGNANELLO</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E" w:rsidP="00C34181">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE0B4E" w:rsidRDefault="00000000">
       <w:r>
@@ -1871,80 +1887,52 @@
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t>FICA CONSIDERADA COMO PATRIMÔNIO HISTÓRICO E CULTURAL, DE NATUREZA IMATERIAL DO MUNICÍPIO DE MOGI MIRIM</w:t>
                             </w:r>
                             <w:r w:rsidR="00F52BE7">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t>,</w:t>
                             </w:r>
                             <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-                            <w:proofErr w:type="gramEnd"/>
+                              <w:t xml:space="preserve"> A “MARCHA PARA JESUS”.</w:t>
+                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:roundrect id="_x0000_s1033" style="position:absolute;margin-left:0;margin-top:5.2pt;width:479.25pt;height:135.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzsDplEQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqmy5R0xXqUi4L&#10;rFj4AVPb+QDHY2y36fLrGTtpdwGJA8IHazz2vJn3Zry+OfWaHZXzHZqKz2c5Z8oIlJ1pKv7l8+7V&#10;NWc+gJGg0aiKPyrPbzYvX6wHW6oFtqilcoxAjC8HW/E2BFtmmRet6sHP0CpDlzW6HgIdXZNJBwOh&#10;9zpb5HmRDeikdSiU9+S9HS/5JuHXtRLhY117FZiuONUW0u7Svo97tllD2TiwbSemMuAfquihM5T0&#10;AnULAdjBdX9A9Z1w6LEOM4F9hnXdCZU4EJt5/hubhxasSlxIHG8vMvn/Bys+HB/svYule3uH4ptn&#10;BrctmEa9cQ6HVoGkdPMoVDZYX14C4sFTKNsP71FSa+EQMGlwql0fAYkdOyWpHy9Sq1NggpxFfl1c&#10;rZacCbqbrxZX+WKZckB5DrfOh3cKexaNijs8GPmJGppywPHOhyS4ZAb6mF5+5azuNbXvCJrNi6JY&#10;TYjT4wzKM2bii7qTu07rdHDNfqsdo9CK79Ia82jbwuhNw0IYfnxKepD9HEMbNlT89ZKY/B0/T2sq&#10;7heIRDLNZBT+rZHJDtDp0aaU2kydiOLHOfdlOO1PrJMVT4SjZ4/ykVrjcBx4+qBktOh+cDbQsFfc&#10;fz+AU5yBEeSueDib2zD+joN1XdNS1FPraQQT6em7xBl/fk5lPX3qzU8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCUNR8n3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP1lbiVpyggkIa&#10;B7WVQL0SqoqjEy9x1HgdxQbC37M9tcedGc28LTaT68UFx9B5UpDOExBIjTcdtQq+DtvnDESImozu&#10;PaGCGwbYlI8Phc6Nv9IeL1VsBZdQyLUCG+OQSxkai06HuR+Q2Dv50enI59hKM+orl7teLpJkJZ3u&#10;iBesHvDDYvNTnZ2CKd3uhtNq/1mHY+ttfbTfsXpXavY0vb2CiDjFvzD84jM6lMxU+zOZIHoF/Ehk&#10;NXkBwe56mS1B1AoWWboGWRbyP395BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADOwOmUR&#10;AgAAHAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJQ1&#10;HyfcAAAABwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
                 <v:fill opacity="0"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00F907DB" w:rsidRPr="00F907DB" w:rsidRDefault="00000000" w:rsidP="0004432B">
                       <w:pPr>
                         <w:jc w:val="both"/>
@@ -1964,117 +1952,89 @@
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t>FICA CONSIDERADA COMO PATRIMÔNIO HISTÓRICO E CULTURAL, DE NATUREZA IMATERIAL DO MUNICÍPIO DE MOGI MIRIM</w:t>
                       </w:r>
                       <w:r w:rsidR="00F52BE7">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t>,</w:t>
                       </w:r>
                       <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-                      <w:proofErr w:type="gramEnd"/>
+                        <w:t xml:space="preserve"> A “MARCHA PARA JESUS”.</w:t>
+                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE0B4E" w:rsidSect="00C81469">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="900" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F3661D" w:rsidRDefault="00F3661D">
+    <w:p w:rsidR="00E857E8" w:rsidRDefault="00E857E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F3661D" w:rsidRDefault="00F3661D">
+    <w:p w:rsidR="00E857E8" w:rsidRDefault="00E857E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
@@ -2120,58 +2080,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00EE0DA2" w:rsidRDefault="00EE0DA2">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00EE0DA2" w:rsidRDefault="00EE0DA2">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F3661D" w:rsidRDefault="00F3661D">
+    <w:p w:rsidR="00E857E8" w:rsidRDefault="00E857E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F3661D" w:rsidRDefault="00F3661D">
+    <w:p w:rsidR="00E857E8" w:rsidRDefault="00E857E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00EE0DA2" w:rsidRDefault="00EE0DA2">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00B10E39" w:rsidRDefault="00000000" w:rsidP="00FE0B4E">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
@@ -2591,74 +2551,74 @@
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E" w:rsidP="00EE0DA2">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00EE0DA2" w:rsidRDefault="00EE0DA2">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A77B3E"/>
+    <w:rsid w:val="00001707"/>
     <w:rsid w:val="000362C2"/>
     <w:rsid w:val="000372F2"/>
     <w:rsid w:val="0004432B"/>
     <w:rsid w:val="001E65A9"/>
     <w:rsid w:val="00237FCF"/>
     <w:rsid w:val="0025147B"/>
     <w:rsid w:val="002761DE"/>
     <w:rsid w:val="002A6107"/>
     <w:rsid w:val="002A6632"/>
     <w:rsid w:val="002B3CA0"/>
     <w:rsid w:val="00323992"/>
     <w:rsid w:val="003B174B"/>
     <w:rsid w:val="00413B0F"/>
     <w:rsid w:val="0046318E"/>
     <w:rsid w:val="00467A91"/>
     <w:rsid w:val="0047401F"/>
     <w:rsid w:val="004749EF"/>
     <w:rsid w:val="004756E7"/>
     <w:rsid w:val="0049426C"/>
     <w:rsid w:val="004C1503"/>
     <w:rsid w:val="0051227D"/>
     <w:rsid w:val="005A3A45"/>
     <w:rsid w:val="005B4199"/>
     <w:rsid w:val="006002A3"/>
     <w:rsid w:val="00627B78"/>
@@ -2677,86 +2637,88 @@
     <w:rsid w:val="00A25AE7"/>
     <w:rsid w:val="00A47132"/>
     <w:rsid w:val="00A6117D"/>
     <w:rsid w:val="00A71454"/>
     <w:rsid w:val="00A77B3E"/>
     <w:rsid w:val="00AB4112"/>
     <w:rsid w:val="00AD1FE6"/>
     <w:rsid w:val="00B044A0"/>
     <w:rsid w:val="00B10E39"/>
     <w:rsid w:val="00B46120"/>
     <w:rsid w:val="00B56FAB"/>
     <w:rsid w:val="00B75701"/>
     <w:rsid w:val="00B87C8E"/>
     <w:rsid w:val="00BD6E75"/>
     <w:rsid w:val="00C34181"/>
     <w:rsid w:val="00C81469"/>
     <w:rsid w:val="00CA2A55"/>
     <w:rsid w:val="00D363FD"/>
     <w:rsid w:val="00D45747"/>
     <w:rsid w:val="00D53E07"/>
     <w:rsid w:val="00D77AF8"/>
     <w:rsid w:val="00D80181"/>
     <w:rsid w:val="00DE1E0C"/>
     <w:rsid w:val="00DE260E"/>
     <w:rsid w:val="00E42E24"/>
+    <w:rsid w:val="00E857E8"/>
     <w:rsid w:val="00EE0DA2"/>
     <w:rsid w:val="00EF6DC8"/>
     <w:rsid w:val="00F01FAF"/>
+    <w:rsid w:val="00F1067A"/>
     <w:rsid w:val="00F3661D"/>
     <w:rsid w:val="00F43447"/>
     <w:rsid w:val="00F52BE7"/>
     <w:rsid w:val="00F907DB"/>
     <w:rsid w:val="00F91696"/>
     <w:rsid w:val="00FB7E31"/>
     <w:rsid w:val="00FE0B4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1F60376D"/>
+  <w14:docId w14:val="4C603B49"/>
   <w15:docId w15:val="{54AE595D-84DB-4220-96CD-71B9D3A27144}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>