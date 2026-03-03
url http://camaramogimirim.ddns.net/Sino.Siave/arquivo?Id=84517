--- v0 (2025-10-25)
+++ v1 (2026-03-03)
@@ -1,44 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="40728008" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00000000">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="274EB5C6" wp14:editId="11A02488">
                 <wp:simplePos x="0" y="0"/>
@@ -1438,114 +1433,154 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6105525" cy="962025"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="73BB213A" w14:textId="1FFED899" w:rsidR="0085781E" w:rsidRPr="00F907DB" w:rsidRDefault="00000000" w:rsidP="00641D79">
+                          <w:p w14:paraId="73BB213A" w14:textId="1FFED899" w:rsidR="0085781E" w:rsidRDefault="00000000" w:rsidP="00641D79">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t>AUTORIA:</w:t>
                             </w:r>
                             <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> PAULO DE OLIVEIRA E SILVA - PREFEITO MUNICIPAL</w:t>
                             </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5AA5CD12" w14:textId="77777777" w:rsidR="00B27E67" w:rsidRDefault="00B27E67" w:rsidP="00641D79">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4A03FE63" w14:textId="77777777" w:rsidR="00B27E67" w:rsidRPr="00F907DB" w:rsidRDefault="00B27E67" w:rsidP="00641D79">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                            </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:roundrect w14:anchorId="6B3CD59A" id="_x0000_s1031" style="position:absolute;margin-left:-1.05pt;margin-top:14.05pt;width:480.75pt;height:75.75pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3RMxZDAIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJKDRA1XaEu5bJ8&#10;aBd+gGs7icH2GNttUn49YyftLiBxQPhgjceeN/PejDc3o9HkJH1QYBu6XJSUSMtBKNs19Mvn/YtX&#10;lITIrGAarGzoWQZ6s33+bDO4Wq6gBy2kJwhiQz24hvYxurooAu+lYWEBTlq8bMEbFvHou0J4NiC6&#10;0cWqLKtiAC+cBy5DQO/tdEm3Gb9tJY8f2zbISHRDsbaYd5/3Q9qL7YbVnWeuV3wug/1DFYYpi0mv&#10;ULcsMnL06g8oo7iHAG1ccDAFtK3iMnNANsvyNzYPPXMyc0FxgrvKFP4fLP9wenCffCo9uDvg3wKx&#10;sOuZ7eQb72HoJROYbpmEKgYX6mtAOgQMJYfhPQhsLTtGyBqMrTcJENmRMUt9vkotx0g4OqtluV6v&#10;1pRwvHtdrUq0UwpWX6KdD/GdBEOS0VAPRyvusZ85BTvdhZj1FsQyk7KLr5S0RmP3TkyTZVVVL2fE&#10;+TFiXzAzXdBK7JXW+eC7w057gqEN3ec15dGuZ5M3zwpihOlprjU8xdCWDMglsfo7fpnXXNwvEJlk&#10;Hsmk+1srsh2Z0pON6bWdG5G0T2Me6jgeRqJEQ7OEyXMAccbOeJjmHf8nGj34H5QMOOsNDd+PzEtK&#10;mOXobmi8mLs4fY6j86rrMeqx8ziBmfT8W9KIPz3nsh7/9PYnAAAA//8DAFBLAwQUAAYACAAAACEA&#10;ChgVtt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkblvaCspamk6ANMR1&#10;BaEd08ZrKhqnarKtvD3mBCfL+j/9/lxtFzeKM85h8KQgXScgkDpvBuoVfLzvVhsQIWoyevSECr4x&#10;wLa+vqp0afyF9nhuYi+4hEKpFdgYp1LK0Fl0Oqz9hMTZ0c9OR17nXppZX7jcjTJLklw6PRBfsHrC&#10;F4vdV3NyCpZ09zod8/1bGw69t+3BfsbmWanbm+XpEUTEJf7B8KvP6lCzU+tPZIIYFayylEkF2YYn&#10;58V9cQeiZfChyEHWlfz/Qf0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAt0TMWQwCAAAb&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAChgVtt0A&#10;AAAJAQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
                 <v:fill opacity="0"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="73BB213A" w14:textId="1FFED899" w:rsidR="0085781E" w:rsidRPr="00F907DB" w:rsidRDefault="00000000" w:rsidP="00641D79">
+                    <w:p w14:paraId="73BB213A" w14:textId="1FFED899" w:rsidR="0085781E" w:rsidRDefault="00000000" w:rsidP="00641D79">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t>AUTORIA:</w:t>
                       </w:r>
                       <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> PAULO DE OLIVEIRA E SILVA - PREFEITO MUNICIPAL</w:t>
                       </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5AA5CD12" w14:textId="77777777" w:rsidR="00B27E67" w:rsidRDefault="00B27E67" w:rsidP="00641D79">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4A03FE63" w14:textId="77777777" w:rsidR="00B27E67" w:rsidRPr="00F907DB" w:rsidRDefault="00B27E67" w:rsidP="00641D79">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                      </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C1E5109" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w14:paraId="4217B012" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w14:paraId="21CA684D" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w14:paraId="6D100991" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w14:paraId="1B4BF757" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E"/>
     <w:p w14:paraId="4C5C7B3A" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E" w:rsidP="00C34181">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12F049DF" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00000000">
       <w:r>
         <w:rPr>
@@ -1894,163 +1929,238 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6086475" cy="1724025"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5C3BCC80" w14:textId="77777777" w:rsidR="00F907DB" w:rsidRPr="00F907DB" w:rsidRDefault="00000000" w:rsidP="0004432B">
+                          <w:p w14:paraId="5C3BCC80" w14:textId="3DF5AAEB" w:rsidR="00F907DB" w:rsidRDefault="00000000" w:rsidP="0004432B">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t>ASSUNTO:</w:t>
                             </w:r>
                             <w:r w:rsidR="0097754D">
                               <w:rPr>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
-                              <w:t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MOGI MIRIM, PARA O EXERCÍCIO DE 2026. (LOA)</w:t>
+                              <w:t xml:space="preserve">ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MOGI MIRIM, PARA O EXERCÍCIO DE 2026. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="22DF65DF" w14:textId="77777777" w:rsidR="00B27E67" w:rsidRDefault="00B27E67" w:rsidP="0004432B">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="7F232ADE" w14:textId="77777777" w:rsidR="00B27E67" w:rsidRPr="00B27E67" w:rsidRDefault="00B27E67" w:rsidP="0004432B">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="04FEAD31" w14:textId="1BDDFD29" w:rsidR="00B27E67" w:rsidRPr="00B27E67" w:rsidRDefault="00B27E67" w:rsidP="00B27E67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B27E67">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t>VOLUME II</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:roundrect w14:anchorId="29376ED6" id="_x0000_s1033" style="position:absolute;margin-left:0;margin-top:5.2pt;width:479.25pt;height:135.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzsDplEQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqmy5R0xXqUi4L&#10;rFj4AVPb+QDHY2y36fLrGTtpdwGJA8IHazz2vJn3Zry+OfWaHZXzHZqKz2c5Z8oIlJ1pKv7l8+7V&#10;NWc+gJGg0aiKPyrPbzYvX6wHW6oFtqilcoxAjC8HW/E2BFtmmRet6sHP0CpDlzW6HgIdXZNJBwOh&#10;9zpb5HmRDeikdSiU9+S9HS/5JuHXtRLhY117FZiuONUW0u7Svo97tllD2TiwbSemMuAfquihM5T0&#10;AnULAdjBdX9A9Z1w6LEOM4F9hnXdCZU4EJt5/hubhxasSlxIHG8vMvn/Bys+HB/svYule3uH4ptn&#10;BrctmEa9cQ6HVoGkdPMoVDZYX14C4sFTKNsP71FSa+EQMGlwql0fAYkdOyWpHy9Sq1NggpxFfl1c&#10;rZacCbqbrxZX+WKZckB5DrfOh3cKexaNijs8GPmJGppywPHOhyS4ZAb6mF5+5azuNbXvCJrNi6JY&#10;TYjT4wzKM2bii7qTu07rdHDNfqsdo9CK79Ia82jbwuhNw0IYfnxKepD9HEMbNlT89ZKY/B0/T2sq&#10;7heIRDLNZBT+rZHJDtDp0aaU2kydiOLHOfdlOO1PrJMVT4SjZ4/ykVrjcBx4+qBktOh+cDbQsFfc&#10;fz+AU5yBEeSueDib2zD+joN1XdNS1FPraQQT6em7xBl/fk5lPX3qzU8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCUNR8n3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP1lbiVpyggkIa&#10;B7WVQL0SqoqjEy9x1HgdxQbC37M9tcedGc28LTaT68UFx9B5UpDOExBIjTcdtQq+DtvnDESImozu&#10;PaGCGwbYlI8Phc6Nv9IeL1VsBZdQyLUCG+OQSxkai06HuR+Q2Dv50enI59hKM+orl7teLpJkJZ3u&#10;iBesHvDDYvNTnZ2CKd3uhtNq/1mHY+ttfbTfsXpXavY0vb2CiDjFvzD84jM6lMxU+zOZIHoF/Ehk&#10;NXkBwe56mS1B1AoWWboGWRbyP395BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADOwOmUR&#10;AgAAHAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJQ1&#10;HyfcAAAABwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
                 <v:fill opacity="0"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5C3BCC80" w14:textId="77777777" w:rsidR="00F907DB" w:rsidRPr="00F907DB" w:rsidRDefault="00000000" w:rsidP="0004432B">
+                    <w:p w14:paraId="5C3BCC80" w14:textId="3DF5AAEB" w:rsidR="00F907DB" w:rsidRDefault="00000000" w:rsidP="0004432B">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t>ASSUNTO:</w:t>
                       </w:r>
                       <w:r w:rsidR="0097754D">
                         <w:rPr>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="0097754D" w:rsidRPr="00B75701">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
-                        <w:t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MOGI MIRIM, PARA O EXERCÍCIO DE 2026. (LOA)</w:t>
+                        <w:t xml:space="preserve">ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MOGI MIRIM, PARA O EXERCÍCIO DE 2026. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="22DF65DF" w14:textId="77777777" w:rsidR="00B27E67" w:rsidRDefault="00B27E67" w:rsidP="0004432B">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="7F232ADE" w14:textId="77777777" w:rsidR="00B27E67" w:rsidRPr="00B27E67" w:rsidRDefault="00B27E67" w:rsidP="0004432B">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="04FEAD31" w14:textId="1BDDFD29" w:rsidR="00B27E67" w:rsidRPr="00B27E67" w:rsidRDefault="00B27E67" w:rsidP="00B27E67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B27E67">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t>VOLUME II</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE0B4E" w:rsidSect="00C81469">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="900" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D78CB26" w14:textId="77777777" w:rsidR="0051031E" w:rsidRDefault="0051031E">
+    <w:p w14:paraId="5EBE0AC2" w14:textId="77777777" w:rsidR="00090985" w:rsidRDefault="00090985">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61585CE3" w14:textId="77777777" w:rsidR="0051031E" w:rsidRDefault="0051031E">
+    <w:p w14:paraId="5AD9553E" w14:textId="77777777" w:rsidR="00090985" w:rsidRDefault="00090985">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
@@ -2063,110 +2173,70 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4590808D" w14:textId="77777777" w:rsidR="0051031E" w:rsidRDefault="0051031E">
+    <w:p w14:paraId="6D4A2723" w14:textId="77777777" w:rsidR="00090985" w:rsidRDefault="00090985">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="510AE18D" w14:textId="77777777" w:rsidR="0051031E" w:rsidRDefault="0051031E">
+    <w:p w14:paraId="4B5BE176" w14:textId="77777777" w:rsidR="00090985" w:rsidRDefault="00090985">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3C355DBF" w14:textId="77777777" w:rsidR="00B10E39" w:rsidRDefault="00000000" w:rsidP="00FE0B4E">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51F4F8CC" wp14:editId="3DF98825">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>right</wp:align>
               </wp:positionH>
@@ -2175,232 +2245,250 @@
               </wp:positionV>
               <wp:extent cx="1781175" cy="962025"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="605022613" name="Caixa de Texto 9"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1781175" cy="962025"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="50542C20" w14:textId="77777777" w:rsidR="00B10E39" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="50542C20" w14:textId="295FF9EF" w:rsidR="00B10E39" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00B10E39">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
                             <w:t>Proc. nº</w:t>
                           </w:r>
                           <w:r w:rsidR="004756E7">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:r w:rsidR="00B27E67" w:rsidRPr="00B27E67">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:u w:val="single"/>
+                              <w:lang w:val="pt-BR"/>
+                            </w:rPr>
+                            <w:t>197/2025</w:t>
+                          </w:r>
                         </w:p>
-                        <w:p w14:paraId="482DA9B5" w14:textId="77777777" w:rsidR="00B10E39" w:rsidRPr="00B10E39" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="482DA9B5" w14:textId="5E5298CB" w:rsidR="00B10E39" w:rsidRPr="00B10E39" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
                             <w:t>Folha nº</w:t>
                           </w:r>
                           <w:r w:rsidR="000372F2" w:rsidRPr="002A6632">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:u w:val="single"/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
                             <w:t>_</w:t>
                           </w:r>
                           <w:r w:rsidR="00DE1E0C" w:rsidRPr="00DE1E0C">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:u w:val="single"/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
                             <w:t>__</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00A71454">
+                          <w:r w:rsidR="00B27E67">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:u w:val="single"/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
-                            <w:t>01</w:t>
+                            <w:t>__</w:t>
                           </w:r>
                           <w:r w:rsidR="00DE1E0C">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:u w:val="single"/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
                             <w:t>__</w:t>
                           </w:r>
                           <w:r w:rsidR="000372F2">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:u w:val="single"/>
                               <w:lang w:val="pt-BR"/>
                             </w:rPr>
                             <w:t>_</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="51F4F8CC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Caixa de Texto 9" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:89.05pt;margin-top:-31.65pt;width:140.25pt;height:75.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzvY579wEAAOoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyJO2MOEXWIrsE&#10;bYF06FmVpdiALGqUEjv7+lGykwzdTsMuNCVSj+Tj8/Kubw07KvQN2JJPJzlnykqoGrsv+feXzadb&#10;znwQthIGrCr5SXl+t/r4Ydm5Qs2gBlMpZARifdG5ktchuCLLvKxVK/wEnLIU1ICtCHTEfVah6Ai9&#10;NdkszxdZB1g5BKm8p9uHIchXCV9rJcOT1l4FZkpOvYVkMdm3aLPVUhR7FK5u5NiG+IcuWtFYKnqB&#10;ehBBsAM2f0C1jUTwoMNEQpuB1o1UaQaaZpq/m2ZXC6fSLESOdxea/P+DlY/HnXtGFvqv0NMCIyGd&#10;84WnyzhPr7GNX+qUUZwoPF1oU31gMj66uZ1Ob+acSYp9Wczy2TzCZNfXDn34pqBl0Sk50loSW+K4&#10;9WFIPafEYhY2jTFpNcayruSLz/M8PbhECNxYqnHtNXqhf+vHAd6gOtFcCMPKvZObhopvhQ/PAmnH&#10;NArpNjyR0QaoCIweZzXgz7/dx3yinqKcdaSZkvsfB4GKM3to74EkNiW1O5lcwsdgzq5GaF9JquuI&#10;QCFhJeGUPJzd+zCokqQu1XqdkkgiToSt3TkZoSM1kaaX/lWgG7kMtIVHOCtFFO8oHXJHogZOxgMJ&#10;Ku1oFH9U7O/nlHX9RVe/AAAA//8DAFBLAwQUAAYACAAAACEApTcpMN8AAAAHAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBSE74L/YXmCt3bTlJYQ81JKoAiih9ZevL1kt0no7tuY3bbRX+960uMw&#10;w8w3xWayRlz16HvHCIt5AkJz41TPLcLxfTfLQPhArMg41ghf2sOmvL8rKFfuxnt9PYRWxBL2OSF0&#10;IQy5lL7ptCU/d4Pm6J3caClEObZSjXSL5dbINEnW0lLPcaGjQVedbs6Hi0V4qXZvtK9Tm32b6vn1&#10;tB0+jx8rxMeHafsEIugp/IXhFz+iQxmZandh5YVBiEcCwmy9XIKIdpolKxA1QpalIMtC/ucvfwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCzvY579wEAAOoDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQClNykw3wAAAAcBAAAPAAAAAAAAAAAAAAAA&#10;AFEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="50542C20" w14:textId="77777777" w:rsidR="00B10E39" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="50542C20" w14:textId="295FF9EF" w:rsidR="00B10E39" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00B10E39">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
                       <w:t>Proc. nº</w:t>
                     </w:r>
                     <w:r w:rsidR="004756E7">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:r w:rsidR="00B27E67" w:rsidRPr="00B27E67">
+                      <w:rPr>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:u w:val="single"/>
+                        <w:lang w:val="pt-BR"/>
+                      </w:rPr>
+                      <w:t>197/2025</w:t>
+                    </w:r>
                   </w:p>
-                  <w:p w14:paraId="482DA9B5" w14:textId="77777777" w:rsidR="00B10E39" w:rsidRPr="00B10E39" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="482DA9B5" w14:textId="5E5298CB" w:rsidR="00B10E39" w:rsidRPr="00B10E39" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
                       <w:t>Folha nº</w:t>
                     </w:r>
                     <w:r w:rsidR="000372F2" w:rsidRPr="002A6632">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:u w:val="single"/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
                       <w:t>_</w:t>
                     </w:r>
                     <w:r w:rsidR="00DE1E0C" w:rsidRPr="00DE1E0C">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:u w:val="single"/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
                       <w:t>__</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00A71454">
+                    <w:r w:rsidR="00B27E67">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:u w:val="single"/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
-                      <w:t>01</w:t>
+                      <w:t>__</w:t>
                     </w:r>
                     <w:r w:rsidR="00DE1E0C">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:u w:val="single"/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
                       <w:t>__</w:t>
                     </w:r>
                     <w:r w:rsidR="000372F2">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:u w:val="single"/>
                         <w:lang w:val="pt-BR"/>
                       </w:rPr>
                       <w:t>_</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:shape>
           </w:pict>
@@ -2536,180 +2624,176 @@
         <w:b/>
       </w:rPr>
       <w:t>Estado de São Paulo</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="64AB268A" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F26556" w14:textId="77777777" w:rsidR="00FE0B4E" w:rsidRDefault="00FE0B4E" w:rsidP="00EE0DA2">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A77B3E"/>
     <w:rsid w:val="000362C2"/>
     <w:rsid w:val="000372F2"/>
     <w:rsid w:val="0004432B"/>
+    <w:rsid w:val="00090985"/>
     <w:rsid w:val="000E7B35"/>
     <w:rsid w:val="001E65A9"/>
     <w:rsid w:val="00237FCF"/>
     <w:rsid w:val="0025147B"/>
     <w:rsid w:val="002761DE"/>
     <w:rsid w:val="002A6107"/>
     <w:rsid w:val="002A6632"/>
     <w:rsid w:val="002B3CA0"/>
     <w:rsid w:val="00323992"/>
     <w:rsid w:val="003B174B"/>
     <w:rsid w:val="00413B0F"/>
     <w:rsid w:val="0046318E"/>
     <w:rsid w:val="00467A91"/>
     <w:rsid w:val="0047401F"/>
     <w:rsid w:val="004749EF"/>
     <w:rsid w:val="004756E7"/>
     <w:rsid w:val="0049426C"/>
     <w:rsid w:val="004C1503"/>
     <w:rsid w:val="0051031E"/>
     <w:rsid w:val="0051227D"/>
+    <w:rsid w:val="0051367A"/>
     <w:rsid w:val="005A3A45"/>
     <w:rsid w:val="005B4199"/>
     <w:rsid w:val="006002A3"/>
     <w:rsid w:val="00627B78"/>
     <w:rsid w:val="006337FB"/>
     <w:rsid w:val="00641D79"/>
     <w:rsid w:val="00687778"/>
     <w:rsid w:val="006A13E8"/>
     <w:rsid w:val="007415EE"/>
     <w:rsid w:val="007B0500"/>
     <w:rsid w:val="00837CEB"/>
     <w:rsid w:val="0085781E"/>
     <w:rsid w:val="00896B4C"/>
     <w:rsid w:val="008B2987"/>
     <w:rsid w:val="009217F2"/>
     <w:rsid w:val="0097754D"/>
     <w:rsid w:val="00A25AE7"/>
     <w:rsid w:val="00A47132"/>
     <w:rsid w:val="00A6117D"/>
     <w:rsid w:val="00A71454"/>
     <w:rsid w:val="00A77B3E"/>
     <w:rsid w:val="00AB4112"/>
     <w:rsid w:val="00AD1FE6"/>
     <w:rsid w:val="00B044A0"/>
     <w:rsid w:val="00B10E39"/>
+    <w:rsid w:val="00B27E67"/>
     <w:rsid w:val="00B46120"/>
     <w:rsid w:val="00B75701"/>
     <w:rsid w:val="00B87C8E"/>
     <w:rsid w:val="00BD6E75"/>
     <w:rsid w:val="00C34181"/>
     <w:rsid w:val="00C81469"/>
     <w:rsid w:val="00C83565"/>
     <w:rsid w:val="00CA2A55"/>
     <w:rsid w:val="00D363FD"/>
     <w:rsid w:val="00D45747"/>
     <w:rsid w:val="00D53E07"/>
     <w:rsid w:val="00D77AF8"/>
     <w:rsid w:val="00D80181"/>
     <w:rsid w:val="00DE1E0C"/>
     <w:rsid w:val="00DE260E"/>
     <w:rsid w:val="00E42E24"/>
     <w:rsid w:val="00EE0DA2"/>
     <w:rsid w:val="00EF6DC8"/>
     <w:rsid w:val="00F01FAF"/>
     <w:rsid w:val="00F43447"/>
     <w:rsid w:val="00F907DB"/>
     <w:rsid w:val="00F91696"/>
     <w:rsid w:val="00FB7E31"/>
     <w:rsid w:val="00FE0B4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="55088C70"/>
   <w15:docId w15:val="{54AE595D-84DB-4220-96CD-71B9D3A27144}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3181,54 +3265,54 @@
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:rsid w:val="00B10E39"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>