--- v0 (2026-01-09)
+++ v1 (2026-03-03)
@@ -1,1490 +1,1583 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 20.11.0 -->
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="000E1835" w:rsidP="000E1835" w14:paraId="5B93F7C7" w14:textId="77777777">
+    <w:p w14:paraId="23B03074" w14:textId="77777777" w:rsidR="000E1835" w:rsidRDefault="00000000" w:rsidP="000E1835">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Projeto de Lei Nº 191/2025</w:t>
-      </w:r>
+        <w:t>Projeto de Lei Nº 191/2025Projeto de Lei Nº 191/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393F94D4" w14:textId="77777777" w:rsidR="00894808" w:rsidRDefault="00000000" w:rsidP="006E2DF6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Projeto de Lei Nº 191/2025</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00894808" w:rsidP="00894808" w14:paraId="322CDAAD" w14:textId="3CFCBF78">
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="006264B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="005977E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="008D0CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DISPÕE SOBRE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A REGULARIZAÇÃO DA        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573D55D1" w14:textId="77777777" w:rsidR="00894808" w:rsidRDefault="00000000" w:rsidP="006E2DF6">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                 </w:t>
+        <w:t xml:space="preserve">                                                            TITULARIDADE </w:t>
+      </w:r>
+      <w:r w:rsidR="006264B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
+        <w:t xml:space="preserve">DE </w:t>
       </w:r>
       <w:r w:rsidR="006264B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                           </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005977E6">
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D0CE4">
+        <w:t xml:space="preserve">JAGIGOS </w:t>
+      </w:r>
+      <w:r w:rsidR="006264B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>DISPÕE SOBRE</w:t>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">NO     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671213BB" w14:textId="7E5FEF0B" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="006E2DF6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                            CEMITÉRIO MUNICIPAL, RECONHECE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8BE0D9" w14:textId="77777777" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="006E2DF6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00894808">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SITUAÇÕES CONSOLIDADAS DE BOA-FÉ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="003DBE9A" w14:textId="77777777" w:rsidR="0026679E" w:rsidRDefault="00000000" w:rsidP="006E2DF6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00894808">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008A3713">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A REGULARIZAÇÃO DA        </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00894808" w:rsidP="00894808" w14:paraId="7AB92CA3" w14:textId="33103594">
+        <w:t>DÁ OUTRAS PROVIDENCIAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F280C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC5BE49" w14:textId="77777777" w:rsidR="00894808" w:rsidRDefault="00894808" w:rsidP="008A3713">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...197 lines deleted...]
-    <w:p w:rsidR="0026679E" w:rsidRPr="003F280C" w:rsidP="00C96418" w14:paraId="63649673" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="4C21D408" w14:textId="77777777" w:rsidR="0026679E" w:rsidRPr="003F280C" w:rsidRDefault="0026679E" w:rsidP="00C96418">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0026679E" w:rsidP="001655AB" w14:paraId="24ECB57C" w14:textId="77777777">
+    <w:p w14:paraId="48D01325" w14:textId="77777777" w:rsidR="0026679E" w:rsidRDefault="00000000" w:rsidP="001655AB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F280C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00894808">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Câmara Municipal de Mogi Mirim</w:t>
       </w:r>
       <w:r w:rsidRPr="003F280C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aprova:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C12AB4" w:rsidP="001655AB" w14:paraId="13A9728B" w14:textId="77777777">
+    <w:p w14:paraId="717B3CEB" w14:textId="77777777" w:rsidR="00C12AB4" w:rsidRDefault="00C12AB4" w:rsidP="001655AB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="298F9897" w14:textId="77777777">
+    <w:p w14:paraId="1FDCF258" w14:textId="77777777" w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art. 1º</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Esta Lei dispõe sobre a regularização administrativa da titularidade de jazigos localizados no Cemitério Municipal, com o objetivo de adequar situações consolidadas ao longo do tempo, observando os princípios da legalidade, da segurança jurídica e da boa-fé.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="04DDA643" w14:textId="742B9A71">
+    <w:p w14:paraId="7A49CDE4" w14:textId="77777777" w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art. 2º</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fica autorizada a regularização da titularidade de jazigos que tenham sido transferidos, de forma onerosa ou gratuita, entre particulares, em data anterior à vigência desta Lei, ainda que exista legislação municipal antiga que vedasse a venda ou doação, desde que comprovada a boa-fé dos adquirentes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidP="000A5FDA" w14:paraId="463FFDCE" w14:textId="731B16D7">
+    <w:p w14:paraId="7C6C9F4E" w14:textId="77777777" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 1º</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Considera-se caracterizada a boa-fé quando restar demonstrado que: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidP="000A5FDA" w14:paraId="1FF89AC9" w14:textId="1C84B77A">
+    <w:p w14:paraId="6E2880B9" w14:textId="77777777" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidR="003B5BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a transferência ocorreu há vários anos, de forma pública e contínua; </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006264B3" w:rsidP="000A5FDA" w14:paraId="1F56C76B" w14:textId="0ACA9B04">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transferência ocorreu há vários anos, de forma pública e contínua; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DF301F" w14:textId="77777777" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">II </w:t>
       </w:r>
       <w:r w:rsidR="003B5BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o Município tinha ciência da posse e uso do jazigo; </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006264B3" w:rsidP="000A5FDA" w14:paraId="5F2D28C3" w14:textId="01E2F28C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Município tinha ciência da posse e uso do jazigo; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6745D2ED" w14:textId="77777777" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
       <w:r w:rsidR="003B5BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">foram autorizadas pelo Poder Público intervenções como reformas, ampliações, sepultamentos ou outras melhorias no jazigo; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="6281B953" w14:textId="7AC8D611">
+    <w:p w14:paraId="7CB9BABE" w14:textId="77777777" w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IV </w:t>
       </w:r>
       <w:r w:rsidR="003B5BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> não haja litígio judicial ou administrativo envolvendo o jazigo.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="25AF81FE" w14:textId="0F418FF5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> haja litígio judicial ou administrativo envolvendo o jazigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3DF365" w14:textId="77777777" w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 2º</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A regularização prevista neste artigo não gera direito à restituição de valores eventualmente pagos entre particulares, limitando-se ao reconhecimento administrativo da titularidade.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidP="000A5FDA" w14:paraId="591AA2C5" w14:textId="716474EE">
+    <w:p w14:paraId="6FAF6AF1" w14:textId="77777777" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art. 3º</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A regularização será requerida pelo interessado mediante processo administrativo junto ao órgão municipal competente, instruído, no mínimo, com: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidP="000A5FDA" w14:paraId="6DE353ED" w14:textId="145FD233">
+    <w:p w14:paraId="37A68621" w14:textId="77777777" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidR="003B5BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> documentos que comprovem a posse e o uso contínuo do jazigo; </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006264B3" w:rsidP="000A5FDA" w14:paraId="4517AEAC" w14:textId="608D8021">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>documentos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que comprovem a posse e o uso contínuo do jazigo; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A746D18" w14:textId="77777777" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">II </w:t>
       </w:r>
       <w:r w:rsidR="003B5BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> declarações, recibos, contratos particulares ou outros meios de prova admitidos em direito; </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006264B3" w:rsidP="000A5FDA" w14:paraId="3894D4D3" w14:textId="5F610784">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>declarações</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, recibos, contratos particulares ou outros meios de prova admitidos em direito; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F89E1AD" w14:textId="77777777" w:rsidR="006264B3" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">III </w:t>
       </w:r>
       <w:r w:rsidR="003B5BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> comprovação de sepultamentos realizados; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="40B58269" w14:textId="0FF12F22">
+    <w:p w14:paraId="57A366EA" w14:textId="77777777" w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IV </w:t>
       </w:r>
       <w:r w:rsidR="003B5BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="0E58D53B" w14:textId="2B06B0CB">
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>comprovantes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003600F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de pagamento de taxas ou autorizações municipais, quando houver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AFFA46" w14:textId="77777777" w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art. 4º</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> O Poder Executivo poderá regulamentar esta Lei no que couber, inclusive quanto aos procedimentos, prazos, análise documental e cobrança de taxa administrativa, respeitada a razoabilidade.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="00F8FF2C" w14:textId="3B4635F9">
+    <w:p w14:paraId="24210C0C" w14:textId="77777777" w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art. 5º</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A regularização prevista nesta Lei não autoriza novas vendas ou doações irregulares de jazigos, permanecendo vedadas transferências futuras que não observem a legislação municipal vigente e a regulamentação do Executivo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="6B61DA14" w14:textId="77F5FD9D">
+    <w:p w14:paraId="22D8002D" w14:textId="77777777" w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art. 6º</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Os casos omissos serão analisados à luz dos princípios da dignidade da pessoa humana, da função social, da segurança jurídica e da boa-fé objetiva.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="23F819B8" w14:textId="73D8FB66">
+    <w:p w14:paraId="538B93B1" w14:textId="77777777" w:rsidR="006264B3" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art. 7º</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Esta Lei entra em vigor na data de sua publicação.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6773" w:rsidP="007F6773" w14:paraId="3C934270" w14:textId="77777777">
+    <w:p w14:paraId="2CADC2DF" w14:textId="77777777" w:rsidR="007F6773" w:rsidRDefault="00000000" w:rsidP="007F6773">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0026679E" w:rsidRPr="003F280C" w:rsidP="007F6773" w14:paraId="659A1BA4" w14:textId="2CE19686">
+    <w:p w14:paraId="2119A920" w14:textId="77777777" w:rsidR="0026679E" w:rsidRPr="003F280C" w:rsidRDefault="00000000" w:rsidP="007F6773">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C12AB4" w:rsidR="00C12AB4">
+      <w:r w:rsidR="00C12AB4" w:rsidRPr="00C12AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F280C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sala das Sessões “Vereador Santo Róttoli”, em </w:t>
+        <w:t xml:space="preserve">Sala das Sessões “Vereador Santo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F280C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Róttoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F280C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, em </w:t>
       </w:r>
       <w:r w:rsidR="000A5FDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="003F280C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="000A5FDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>deze</w:t>
       </w:r>
       <w:r w:rsidR="00F203DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mbro</w:t>
       </w:r>
       <w:r w:rsidRPr="003F280C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00457277" w:rsidP="003F280C" w14:paraId="3107114D" w14:textId="77777777">
+    <w:p w14:paraId="7079E85E" w14:textId="77777777" w:rsidR="00457277" w:rsidRDefault="00457277" w:rsidP="003F280C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6773" w:rsidP="003F280C" w14:paraId="794231E6" w14:textId="77777777">
+    <w:p w14:paraId="0FD463C0" w14:textId="77777777" w:rsidR="007F6773" w:rsidRDefault="007F6773" w:rsidP="003F280C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6773" w:rsidP="003F280C" w14:paraId="7B814427" w14:textId="77777777">
+    <w:p w14:paraId="62036B21" w14:textId="77777777" w:rsidR="007F6773" w:rsidRDefault="007F6773" w:rsidP="003F280C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6773" w:rsidP="003F280C" w14:paraId="29209942" w14:textId="77777777">
+    <w:p w14:paraId="3831BB8A" w14:textId="77777777" w:rsidR="007F6773" w:rsidRDefault="007F6773" w:rsidP="003F280C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0026679E" w:rsidRPr="000A5FDA" w:rsidP="00457277" w14:paraId="3FF0D384" w14:textId="2B440221">
+    <w:p w14:paraId="66F45BD9" w14:textId="77777777" w:rsidR="0026679E" w:rsidRPr="000A5FDA" w:rsidRDefault="00000000" w:rsidP="00457277">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A5FDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Assinado digitalmente</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F280C" w:rsidRPr="003F280C" w:rsidP="00457277" w14:paraId="14EF4161" w14:textId="77777777">
+    <w:p w14:paraId="47746EF2" w14:textId="77777777" w:rsidR="003F280C" w:rsidRPr="003F280C" w:rsidRDefault="00000000" w:rsidP="00457277">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F280C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VEREADOR SARGENTO CORAN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0026679E" w:rsidRPr="003F280C" w:rsidP="00457277" w14:paraId="39ABD239" w14:textId="77777777">
+    <w:p w14:paraId="58D10EF5" w14:textId="77777777" w:rsidR="0026679E" w:rsidRPr="003F280C" w:rsidRDefault="00000000" w:rsidP="00457277">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F280C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LÍDER DE BANCADA DO PROGRESSISTAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0026679E" w:rsidP="00457277" w14:paraId="0FACA017" w14:textId="77777777">
+    <w:p w14:paraId="6737AD0F" w14:textId="77777777" w:rsidR="0026679E" w:rsidRDefault="00000000" w:rsidP="00457277">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F280C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="540DBB2B" wp14:editId="2DD23FEE">
             <wp:extent cx="1181100" cy="1009650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="image1.png" descr="Downloads | Partido Progressistas"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="427725279" name="image1.png" descr="Downloads | Partido Progressistas"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1188296" cy="1015801"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71FD0" w:rsidP="00B71FD0" w14:paraId="74A51FE5" w14:textId="77777777">
+    <w:p w14:paraId="5DF71368" w14:textId="77777777" w:rsidR="00B71FD0" w:rsidRDefault="00000000" w:rsidP="00B71FD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>JUSTIFICATIVA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C10CF" w:rsidP="00B71FD0" w14:paraId="1EC6C4DB" w14:textId="77777777">
+    <w:p w14:paraId="6AB05964" w14:textId="77777777" w:rsidR="004C10CF" w:rsidRDefault="004C10CF" w:rsidP="00B71FD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="03C3C27F" w14:textId="77777777">
+    <w:p w14:paraId="0A623EA7" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O presente Projeto de Lei tem por finalidade promover a regularização da titularidade de jazigos no Cemitério Municipal diante de situações consolidadas ao longo de décadas, buscando adequar a legislação municipal à realidade fática existente, em estrita observância aos princípios constitucionais e administrativos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="080945A7" w14:textId="4EC9E350">
+    <w:p w14:paraId="760A40AA" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">É certo que o Município possui legislação antiga que proíbe a venda ou doação de jazigos entre particulares, </w:t>
       </w:r>
@@ -1501,367 +1594,428 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, em contexto social, urbano e administrativo completamente distinto do atual, mostrando-se, ao longo do tempo, </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ineficaz, desatualizada e dissociada da realidade fática do Município</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Todavia, também é incontroverso que, por muitos anos, tais transferências ocorreram de forma pública, contínua e pacífica, com ciência inequívoca da Administração Pública. Em diversos casos, o próprio Poder Público Municipal autorizou reformas, ampliações, sepultamentos, manutenções e outras intervenções nos jazigos, reconhecendo na prática a legitimidade da posse exercida pelos atuais titulares.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="66C1BE07" w14:textId="4BC14145">
+    <w:p w14:paraId="025FBC36" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dessa conduta administrativa reiterada decorre a aplicação do </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>princípio da confiança legítima</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, corolário da segurança jurídica, segundo o qual o administrado não pode ser surpreendido por mudança abrupta de entendimento do Poder Público quando este, por sua atuação ou omissão prolongada, induziu determinada conduta social.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="31A412BF" w14:textId="3AFDF6F1">
+    <w:p w14:paraId="2DC4203C" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aplica-se ainda o </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>princípio da boa-fé objetiva</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, que impõe deveres de lealdade, coerência e proteção à confiança nas relações entre a Administração e os cidadãos, bem como a </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vedação ao comportamento contraditório (venire contra factum proprium)</w:t>
+        <w:t>vedação ao comportamento contraditório (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004036D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>venire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004036D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004036D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>factum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004036D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004036D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>proprium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004036D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, que impede o Poder Público de, após anos de tolerância e autorização, negar validade a situações que ajudou a consolidar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="7E6FFB0E" w14:textId="495068D6">
+    <w:p w14:paraId="5815759D" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A proposta encontra amparo expresso no </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>art. 5º, inciso XXXVI, da Constituição Federal</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, que assegura a proteção ao direito adquirido, ao ato jurídico perfeito e à coisa julgada, impedindo que situações jurídicas consolidadas e constituídas de boa-fé sejam desconstituídas de forma arbitrária pelo Poder Público.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="28FF47D7" w14:textId="764FFF2D">
+    <w:p w14:paraId="4A4DF462" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Do mesmo modo, observa-se plena consonância com o </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>art. 37, caput, da Constituição Federal</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, que impõe à Administração Pública a observância dos princípios da legalidade, impessoalidade, moralidade, publicidade e eficiência. A regularização ora proposta concretiza tais princípios ao conferir transparência, coerência administrativa e eficiência na gestão do Cemitério Municipal, além de preservar a moralidade administrativa ao respeitar a confiança legítima criada pelos próprios atos do Município.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="6473D167" w14:textId="49E49A6B">
+    <w:p w14:paraId="2BA5201B" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ressalte-se que o presente Projeto não afronta o interesse público, tampouco legitima práticas futuras irregulares. Ao contrário, preserva a ordem administrativa ao </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>distinguir claramente situações pretéritas consolidadas — que merecem tratamento excepcional — das futuras transferências, que permanecem submetidas à legislação vigente e à regulamentação do Executivo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="4A355580" w14:textId="131C7E3D">
+    <w:p w14:paraId="78CD70BD" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cumpre destacar que os jazigos possuem relevante dimensão </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>social, cultural e humanitária</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, estando diretamente ligados à dignidade da pessoa humana, ao respeito aos mortos e ao direito das famílias ao luto digno. A negativa absoluta de regularização, em tais casos, gera insegurança jurídica, conflitos familiares e sofrimento desnecessário, contrariando a função social da atuação administrativa.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="7B1DFDB7" w14:textId="5CE31ADB">
+    <w:p w14:paraId="7C6B070E" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A proposta encontra respaldo também nos princípios da </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>razoabilidade e proporcionalidade</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, uma vez que busca solução equilibrada entre a legalidade estrita e a justiça material, evitando penalizar cidadãos que agiram de boa-fé e confiaram nos atos e autorizações do próprio Município.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="489B5D1A" w14:textId="7FC673CE">
+    <w:p w14:paraId="30FAA2CA" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Por fim, o reconhecimento administrativo da titularidade dos jazigos configura </w:t>
       </w:r>
@@ -1895,644 +2049,672 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e à </w:t>
       </w:r>
       <w:r w:rsidRPr="004036D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>memória dos entes falecidos</w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, valores que devem orientar a atuação do Poder Público em matéria tão sensível. Além disso, trata-se de providência que fortalece a organização administrativa, permite o adequado controle cadastral e patrimonial dos jazigos, contribui para a correta gestão e fiscalização do patrimônio público municipal, reduz litígios e confere maior previsibilidade e eficiência às ações do Poder Público.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidP="000A5FDA" w14:paraId="0B4F7F99" w14:textId="312DDA74">
+    <w:p w14:paraId="1A43FF38" w14:textId="77777777" w:rsidR="000A5FDA" w:rsidRPr="003600F1" w:rsidRDefault="00000000" w:rsidP="000A5FDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="003600F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Diante de todo o exposto, resta evidenciado que o Projeto de Lei atende ao interesse público, respeita os princípios constitucionais da Administração Pública e confere a necessária segurança jurídica aos munícipes e ao Município, razão pela qual se solicita o apoio dos Nobres Vereadores para sua aprovação.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00670ADA" w:rsidRPr="009B2C36" w:rsidP="00B34D6C" w14:paraId="5C6B040A" w14:textId="47226FA1">
+    <w:p w14:paraId="3DA2C709" w14:textId="77777777" w:rsidR="00670ADA" w:rsidRPr="009B2C36" w:rsidRDefault="00000000" w:rsidP="00B34D6C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00670ADA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mogi Mirim merece uma cidade mais organizada e segura para todos.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3912"/>
         <w:gridCol w:w="4592"/>
       </w:tblGrid>
-      <w:tr w14:paraId="1A2E3CB1" w14:textId="77777777" w:rsidTr="00DD3B8A">
-[...8 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="0084524D" w14:paraId="18FC02C1" w14:textId="77777777" w:rsidTr="00DD3B8A">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009B2C36" w14:paraId="2CC24AF4" w14:textId="77777777">
+          <w:p w14:paraId="28BA66E2" w14:textId="77777777" w:rsidR="009B2C36" w:rsidRDefault="009B2C36">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009B2C36" w14:paraId="34C239C0" w14:textId="77777777">
+          <w:p w14:paraId="1209B1F0" w14:textId="77777777" w:rsidR="009B2C36" w:rsidRDefault="009B2C36">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009B2C36" w:rsidRPr="009B2C36" w:rsidP="00E434F9" w14:paraId="7ADAFFC7" w14:textId="77777777">
+    <w:p w14:paraId="1702734B" w14:textId="77777777" w:rsidR="009B2C36" w:rsidRPr="009B2C36" w:rsidRDefault="009B2C36" w:rsidP="00E434F9">
       <w:pPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidSect="00B71FD0">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="009B2C36" w:rsidRPr="009B2C36" w:rsidSect="00B71FD0">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="23D28C58" w14:textId="77777777" w:rsidR="009B3D9D" w:rsidRDefault="009B3D9D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="55E55068" w14:textId="77777777" w:rsidR="009B3D9D" w:rsidRDefault="009B3D9D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
-    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00642F49" w14:paraId="5FEB382F" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="43053ED2" w14:textId="77777777" w:rsidR="00642F49" w:rsidRDefault="00642F49">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="003F280C" w:rsidP="00B71FD0" w14:paraId="26C13DBD" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4FBC6A54" w14:textId="77777777" w:rsidR="003F280C" w:rsidRDefault="00000000" w:rsidP="00B71FD0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Rua Dr. José Alves, 129 - Centro - </w:t>
     </w:r>
     <w:r w:rsidR="00B71FD0">
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Fone:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> (019) 3814.1200 – Mogi Mirim - SP</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="003F280C" w:rsidP="00226CB4" w14:paraId="5E6A5247" w14:textId="092770E1">
+  <w:p w14:paraId="0A480923" w14:textId="77777777" w:rsidR="003F280C" w:rsidRDefault="00000000" w:rsidP="00226CB4">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>E-mail: vereadorsgtcoran@camaramogimirim.sp.gov.br</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00642F49" w14:paraId="50866F55" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5773882A" w14:textId="77777777" w:rsidR="00642F49" w:rsidRDefault="00642F49">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6A5646F3" w14:textId="77777777" w:rsidR="009B3D9D" w:rsidRDefault="009B3D9D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="395C8DD3" w14:textId="77777777" w:rsidR="009B3D9D" w:rsidRDefault="009B3D9D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00642F49" w14:paraId="0577B95F" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77756C6B" w14:textId="77777777" w:rsidR="00642F49" w:rsidRDefault="00642F49">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00B71FD0" w:rsidP="00B71FD0" w14:paraId="29022FF9" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="515EB86A" w14:textId="77777777" w:rsidR="00B71FD0" w:rsidRDefault="00000000" w:rsidP="00B71FD0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1701" w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="34"/>
         <w:szCs w:val="34"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48BE7C7E" wp14:editId="4EBADA32">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-46527</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>243021</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1036320" cy="754380"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="image2.png" descr="brasaomm"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1709321139" name="image2.png" descr="brasaomm"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
-                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1036320" cy="754380"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B71FD0" w:rsidP="00B71FD0" w14:paraId="53F722D8" w14:textId="77777777">
+  <w:p w14:paraId="39D59240" w14:textId="77777777" w:rsidR="00B71FD0" w:rsidRDefault="00000000" w:rsidP="00B71FD0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1701" w:right="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="34"/>
         <w:szCs w:val="34"/>
       </w:rPr>
       <w:t>CÂMARA MUNICIPAL DE MOGI MIRIM</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00642F49" w:rsidP="00B71FD0" w14:paraId="73D0C624" w14:textId="6208DB0E">
+  <w:p w14:paraId="51586FA0" w14:textId="77777777" w:rsidR="00642F49" w:rsidRDefault="00000000" w:rsidP="00B71FD0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1701" w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Estado de São Paulo</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B71FD0" w:rsidP="00B71FD0" w14:paraId="2B4E3682" w14:textId="77777777">
+  <w:p w14:paraId="48BF26D0" w14:textId="77777777" w:rsidR="00B71FD0" w:rsidRDefault="00000000" w:rsidP="00B71FD0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1701" w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>GABINETE DO VEREADOR SARGENTO CORAN</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00601520" w:rsidRPr="00C1733F" w:rsidP="00601520" w14:paraId="12CD5A20" w14:textId="5850F97A">
+  <w:p w14:paraId="6840E3A9" w14:textId="77777777" w:rsidR="00601520" w:rsidRPr="00C1733F" w:rsidRDefault="00000000" w:rsidP="00601520">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                              </w:t>
     </w:r>
     <w:r w:rsidRPr="00C1733F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Presidente da Comissão de Assuntos Industriais e Comerciais</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00601520" w:rsidRPr="00C1733F" w:rsidP="00601520" w14:paraId="6B0726D5" w14:textId="0A3053B0">
+  <w:p w14:paraId="1C6AAC07" w14:textId="77777777" w:rsidR="00601520" w:rsidRPr="00C1733F" w:rsidRDefault="00000000" w:rsidP="00601520">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                              </w:t>
     </w:r>
     <w:r w:rsidRPr="00C1733F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Presidente da Comissão de Emendas à Lei Orgânica</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00601520" w:rsidRPr="00C1733F" w:rsidP="00601520" w14:paraId="0C69B5D7" w14:textId="59E03D54">
+  <w:p w14:paraId="43565605" w14:textId="77777777" w:rsidR="00601520" w:rsidRPr="00C1733F" w:rsidRDefault="00000000" w:rsidP="00601520">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                           </w:t>
     </w:r>
     <w:r w:rsidRPr="00C1733F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Presidente da Frente Parlamentar de Segurança Pública e da Defesa Civil</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00601520" w:rsidRPr="0053130E" w:rsidP="00B71FD0" w14:paraId="08AA92C6" w14:textId="77777777">
+  <w:p w14:paraId="622ED09C" w14:textId="77777777" w:rsidR="00601520" w:rsidRPr="0053130E" w:rsidRDefault="00601520" w:rsidP="00B71FD0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1701" w:right="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00B71FD0" w:rsidP="00B71FD0" w14:paraId="728DF490" w14:textId="77777777">
+  <w:p w14:paraId="3905E5DC" w14:textId="77777777" w:rsidR="00B71FD0" w:rsidRDefault="00B71FD0" w:rsidP="00B71FD0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00642F49" w14:paraId="3D1D6513" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12C1C416" w14:textId="77777777" w:rsidR="00642F49" w:rsidRDefault="00642F49">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A6D08CA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BAEA4FEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2637,51 +2819,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22317B4E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B0897E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2786,51 +2968,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34402815"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F11A19F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2935,51 +3117,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41691670"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F09A020C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3084,51 +3266,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C2E424E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D4EACB8A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3233,80 +3415,90 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="220791508">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1695425930">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1520580278">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="432017329">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="946890514">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0026679E"/>
     <w:rsid w:val="000245A1"/>
     <w:rsid w:val="00050E34"/>
     <w:rsid w:val="00064168"/>
     <w:rsid w:val="0008349D"/>
     <w:rsid w:val="000A5FDA"/>
     <w:rsid w:val="000C5F4B"/>
     <w:rsid w:val="000E0049"/>
     <w:rsid w:val="000E1835"/>
     <w:rsid w:val="000E702B"/>
     <w:rsid w:val="001241BB"/>
     <w:rsid w:val="001655AB"/>
     <w:rsid w:val="001657AA"/>
     <w:rsid w:val="00174D54"/>
     <w:rsid w:val="00191B6C"/>
     <w:rsid w:val="001A1422"/>
     <w:rsid w:val="001B4293"/>
     <w:rsid w:val="001E329F"/>
     <w:rsid w:val="001E3528"/>
     <w:rsid w:val="001E659D"/>
     <w:rsid w:val="00226CB4"/>
     <w:rsid w:val="0026679E"/>
     <w:rsid w:val="002743E9"/>
@@ -3322,146 +3514,169 @@
     <w:rsid w:val="003A716B"/>
     <w:rsid w:val="003B42A7"/>
     <w:rsid w:val="003B5BB4"/>
     <w:rsid w:val="003F280C"/>
     <w:rsid w:val="004036D7"/>
     <w:rsid w:val="0041498C"/>
     <w:rsid w:val="004221CD"/>
     <w:rsid w:val="00457277"/>
     <w:rsid w:val="004C10CF"/>
     <w:rsid w:val="00500F68"/>
     <w:rsid w:val="0053130E"/>
     <w:rsid w:val="005337BB"/>
     <w:rsid w:val="00534D94"/>
     <w:rsid w:val="0054368D"/>
     <w:rsid w:val="005977E6"/>
     <w:rsid w:val="005C6168"/>
     <w:rsid w:val="00601520"/>
     <w:rsid w:val="00613929"/>
     <w:rsid w:val="006264B3"/>
     <w:rsid w:val="00630E58"/>
     <w:rsid w:val="00642F49"/>
     <w:rsid w:val="006514B5"/>
     <w:rsid w:val="00670ADA"/>
     <w:rsid w:val="006A61D6"/>
     <w:rsid w:val="006D40F3"/>
+    <w:rsid w:val="006E2DF6"/>
     <w:rsid w:val="007072F0"/>
     <w:rsid w:val="007078DD"/>
     <w:rsid w:val="00745AC3"/>
     <w:rsid w:val="007B5C0A"/>
     <w:rsid w:val="007F6773"/>
     <w:rsid w:val="00833C3E"/>
     <w:rsid w:val="00836303"/>
+    <w:rsid w:val="0084524D"/>
     <w:rsid w:val="0085465A"/>
     <w:rsid w:val="008558F7"/>
     <w:rsid w:val="00856F22"/>
     <w:rsid w:val="00857C9D"/>
     <w:rsid w:val="008646B3"/>
     <w:rsid w:val="00894808"/>
     <w:rsid w:val="008A3713"/>
     <w:rsid w:val="008D0CE4"/>
     <w:rsid w:val="008E29D9"/>
     <w:rsid w:val="008E37FD"/>
     <w:rsid w:val="00925FA9"/>
     <w:rsid w:val="0095177B"/>
     <w:rsid w:val="009B2C36"/>
+    <w:rsid w:val="009B3D9D"/>
     <w:rsid w:val="009F1684"/>
     <w:rsid w:val="009F6064"/>
     <w:rsid w:val="009F7A5C"/>
     <w:rsid w:val="00A004B1"/>
     <w:rsid w:val="00A26CDB"/>
     <w:rsid w:val="00A507C1"/>
     <w:rsid w:val="00A67879"/>
     <w:rsid w:val="00A9104E"/>
     <w:rsid w:val="00AE7148"/>
     <w:rsid w:val="00AF440D"/>
     <w:rsid w:val="00B03DA6"/>
     <w:rsid w:val="00B34D6C"/>
     <w:rsid w:val="00B71FD0"/>
     <w:rsid w:val="00BA3D2F"/>
     <w:rsid w:val="00BA45AA"/>
     <w:rsid w:val="00BD6BA2"/>
     <w:rsid w:val="00C12AB4"/>
     <w:rsid w:val="00C12E1E"/>
     <w:rsid w:val="00C1733F"/>
     <w:rsid w:val="00C81C59"/>
     <w:rsid w:val="00C925C5"/>
     <w:rsid w:val="00C96418"/>
     <w:rsid w:val="00CA6738"/>
     <w:rsid w:val="00CB1A66"/>
     <w:rsid w:val="00CC7D13"/>
     <w:rsid w:val="00CD78DF"/>
     <w:rsid w:val="00CF4B63"/>
     <w:rsid w:val="00D116B2"/>
     <w:rsid w:val="00D827ED"/>
     <w:rsid w:val="00D91BF6"/>
+    <w:rsid w:val="00DB7A06"/>
     <w:rsid w:val="00DD3B8A"/>
     <w:rsid w:val="00DE0465"/>
     <w:rsid w:val="00DE1175"/>
     <w:rsid w:val="00E22125"/>
     <w:rsid w:val="00E26A27"/>
     <w:rsid w:val="00E434F9"/>
     <w:rsid w:val="00E822B6"/>
     <w:rsid w:val="00EC1B59"/>
     <w:rsid w:val="00ED01C5"/>
     <w:rsid w:val="00EF77A3"/>
     <w:rsid w:val="00F02BD3"/>
     <w:rsid w:val="00F203DD"/>
     <w:rsid w:val="00F27C86"/>
     <w:rsid w:val="00F77069"/>
     <w:rsid w:val="00F867A3"/>
     <w:rsid w:val="00F9365F"/>
     <w:rsid w:val="00FE09CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="5F33C507"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5A6530FB-34E6-46A9-B1C1-58751E2ECB5C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3789,327 +4004,334 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="0026679E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006264B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F280C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003F280C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F280C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003F280C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="TextodoEspaoReservado">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00613929"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D116B2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
+  <w:style w:type="character" w:styleId="Forte">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00D116B2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="highlight">
     <w:name w:val="highlight"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="008D0CE4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normas-indices-artigo">
     <w:name w:val="normas-indices-artigo"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="008D0CE4"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008D0CE4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="nfase">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00CD78DF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009B2C36"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodebaloChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DD3B8A"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DD3B8A"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
     <w:rsid w:val="00457277"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
     <w:name w:val="Título 1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading1"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006264B3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCHeading">
+  <w:style w:type="paragraph" w:styleId="CabealhodoSumrio">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Ttulo1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006264B3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4329,86 +4551,87 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76A54DBC-8508-459D-8599-ACE051F1D619}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1219</Words>
-  <Characters>6583</Characters>
+  <Words>1226</Words>
+  <Characters>6626</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>55</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7787</CharactersWithSpaces>
+  <CharactersWithSpaces>7837</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>